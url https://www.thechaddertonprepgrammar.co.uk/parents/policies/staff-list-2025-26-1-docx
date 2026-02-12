--- v0 (2025-10-13)
+++ v1 (2026-02-12)
@@ -1,2599 +1,2548 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="5549F676" w:rsidP="5549F676" w:rsidRDefault="5549F676" w14:paraId="08F91EB4" w14:textId="2E6D6F15">
+    <w:p w14:paraId="08F91EB4" w14:textId="2E6D6F15" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5549F676" w:rsidP="5549F676" w:rsidRDefault="5549F676" w14:paraId="4716F5EB" w14:textId="6CFDF10E">
+    <w:p w14:paraId="4716F5EB" w14:textId="6CFDF10E" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5549F676" w:rsidP="5549F676" w:rsidRDefault="5549F676" w14:paraId="470AE921" w14:textId="4AB08815">
+    <w:p w14:paraId="470AE921" w14:textId="4AB08815" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5549F676" w:rsidP="5549F676" w:rsidRDefault="5549F676" w14:paraId="6B3ECF7E" w14:textId="47C60D7B">
+    <w:p w14:paraId="6B3ECF7E" w14:textId="47C60D7B" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5549F676" w:rsidP="5549F676" w:rsidRDefault="5549F676" w14:paraId="21847A57" w14:textId="428F9CED">
+    <w:p w14:paraId="21847A57" w14:textId="428F9CED" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5549F676" w:rsidP="5549F676" w:rsidRDefault="5549F676" w14:paraId="3CCCA78A" w14:textId="53BB02D8">
+    <w:p w14:paraId="3CCCA78A" w14:textId="53BB02D8" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5549F676" w:rsidP="5549F676" w:rsidRDefault="5549F676" w14:paraId="7E11496E" w14:textId="6832F338">
+    <w:p w14:paraId="7E11496E" w14:textId="6832F338" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5549F676" w:rsidP="5549F676" w:rsidRDefault="5549F676" w14:paraId="3D1BB8F8" w14:textId="43035ED9">
+    <w:p w14:paraId="3D1BB8F8" w14:textId="43035ED9" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003C3971" w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="0272315D" w14:textId="6846F876">
+    <w:p w14:paraId="0272315D" w14:textId="6846F876" w:rsidR="000558F2" w:rsidRPr="003C3971" w:rsidRDefault="000558F2" w:rsidP="000558F2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc250371917" w:id="0"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc250371917"/>
       <w:r w:rsidRPr="5CC705F7">
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Staff List</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="5CC705F7" w:rsidR="00CB706A">
+      <w:r w:rsidR="00CB706A" w:rsidRPr="5CC705F7">
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022-2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="71DC78E0" w14:textId="77777777">
+    <w:p w14:paraId="71DC78E0" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="000558F2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="32161D25" w14:textId="77777777">
+    <w:p w14:paraId="32161D25" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="000558F2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704800">
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
         </w:rPr>
         <w:t>Here is some of the staff with whom your child will have regular contact:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9746" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4146"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1363"/>
         <w:gridCol w:w="172"/>
         <w:gridCol w:w="2714"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="7108A643" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="7108A643" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="1568D0E9" w14:textId="77777777">
+          <w:p w14:paraId="1568D0E9" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
                 <w:b/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="71234485" w14:textId="77777777">
+          <w:p w14:paraId="71234485" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
                 <w:b/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="0D20442D" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="0D20442D" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="73DF5398" w14:textId="77777777">
+          <w:p w14:paraId="73DF5398" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Headteacher</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="5996E6C7" w14:textId="4A304667">
+          <w:p w14:paraId="5996E6C7" w14:textId="4A304667" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mrs C Greenwood</w:t>
             </w:r>
-            <w:r w:rsidRPr="33FBDAAE" w:rsidR="01322969">
+            <w:r w:rsidR="01322969" w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="33FBDAAE" w:rsidR="01322969">
+            <w:r w:rsidR="01322969" w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>BEd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="33FBDAAE" w:rsidR="01322969">
+            <w:r w:rsidR="01322969" w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hons</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="0130E970" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="0130E970" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="29E42AB2" w14:textId="77777777">
+          <w:p w14:paraId="29E42AB2" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Deputy Head</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="3146B8EB" w14:textId="009D5BBF">
+          <w:p w14:paraId="3146B8EB" w14:textId="009D5BBF" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mrs S Batters</w:t>
             </w:r>
-            <w:r w:rsidRPr="33FBDAAE" w:rsidR="608A647E">
+            <w:r w:rsidR="608A647E" w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="33FBDAAE" w:rsidR="608A647E">
+            <w:r w:rsidR="608A647E" w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>BEd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="33FBDAAE" w:rsidR="608A647E">
+            <w:r w:rsidR="608A647E" w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hons</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="2E71C01B" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="2E71C01B" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="4C782DE7" w14:textId="77777777">
+          <w:p w14:paraId="4C782DE7" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>School Administrator</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="3985C3F2" w14:textId="77777777">
+          <w:p w14:paraId="3985C3F2" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="5BBAF5BA" w14:textId="77777777">
+          <w:p w14:paraId="5BBAF5BA" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mrs N Burgess</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="39D86614" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="39D86614" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="5CE395FC" w14:textId="77777777">
+          <w:p w14:paraId="5CE395FC" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Little Gems</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00651B29" w:rsidP="000558F2" w:rsidRDefault="00651B29" w14:paraId="21FDDE02" w14:textId="77777777">
-[...20 lines deleted...]
-          <w:p w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="233AB710" w14:textId="6BD80FFB">
+          <w:p w14:paraId="21FDDE02" w14:textId="77777777" w:rsidR="00651B29" w:rsidRDefault="00651B29" w:rsidP="000558F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AEA0D50" w14:textId="77777777" w:rsidR="00FA24F6" w:rsidRDefault="00FA24F6" w:rsidP="000558F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F61C1F3" w14:textId="79C134A1" w:rsidR="64776008" w:rsidRDefault="64776008" w:rsidP="64776008">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="233AB710" w14:textId="6BD80FFB" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Pre-School</w:t>
             </w:r>
             <w:r w:rsidR="00651B29">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00651B29">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>SENCo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00651B29">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="1E8DAD77" w14:textId="77777777">
+          <w:p w14:paraId="1E8DAD77" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">Reception </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Teacher</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="5CC705F7" w:rsidRDefault="1E85BB69" w14:paraId="23E4033F" w14:textId="6A257C7C">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="1E85BB69">
+          <w:p w14:paraId="23E4033F" w14:textId="6A257C7C" w:rsidR="000558F2" w:rsidRDefault="1E85BB69" w:rsidP="5CC705F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mis</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="0A439C0C">
+            <w:r w:rsidR="0A439C0C" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">s Olivia Atherton </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="1E85BB69">
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="07693B24">
+            <w:r w:rsidR="07693B24" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Level 3 Teaching and Learning</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000558F2" w:rsidP="5CC705F7" w:rsidRDefault="1E85BB69" w14:paraId="3C44811A" w14:textId="651AAE86">
+          <w:p w14:paraId="3C44811A" w14:textId="651AAE86" w:rsidR="000558F2" w:rsidRDefault="1E85BB69" w:rsidP="5CC705F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5CC705F7">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Miss B Chapman</w:t>
             </w:r>
-            <w:r w:rsidRPr="5CC705F7" w:rsidR="5776091A">
+            <w:r w:rsidR="5776091A" w:rsidRPr="5CC705F7">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">– Level 3 Teaching and Learning  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="5CC705F7" w:rsidP="5CC705F7" w:rsidRDefault="5CC705F7" w14:paraId="60EB24C9" w14:textId="6DDBC4CB" w14:noSpellErr="1">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00651B29">
+          <w:p w14:paraId="60EB24C9" w14:textId="6DDBC4CB" w:rsidR="5CC705F7" w:rsidRDefault="5CC705F7" w:rsidP="5CC705F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D2773A4" w14:textId="74A75DE3" w:rsidR="5549F676" w:rsidRDefault="5549F676" w:rsidP="5549F676">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FF2352E" w14:textId="6C397371" w:rsidR="00651B29" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="37077908">
+            <w:r w:rsidR="37077908" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">rs S Sharkey </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="3FE547B4">
+            <w:r w:rsidR="3FE547B4" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="00DCC458">
+            <w:r w:rsidR="00DCC458" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">  Foundation Degree</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="59EED118" w14:textId="76BE62BB">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="000558F2">
+          <w:p w14:paraId="59EED118" w14:textId="76BE62BB" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="2E066643">
-[...3 lines deleted...]
-              <w:t>rs K Joubert - PGCE</w:t>
+            <w:r w:rsidR="2E066643" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rs K </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="2E066643" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>Joubert</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="2E066643" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - PGCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="17DB1309" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="17DB1309" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="3DD0D75F" w14:textId="77777777">
+          <w:p w14:paraId="3DD0D75F" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Pre-Prep</w:t>
             </w:r>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="0FE323A4" w14:textId="3C847E4D">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00651B29">
+          <w:p w14:paraId="0FE323A4" w14:textId="7C9A7B2F" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mr</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="16150EA8">
-[...9 lines deleted...]
-              <w:t>- PGCE</w:t>
+            <w:r w:rsidR="000B7AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>s S. Michelet -PGCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="0CF0DAA7" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="0CF0DAA7" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="4A760C8C" w14:textId="77777777">
+          <w:p w14:paraId="4A760C8C" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Pre-Prep</w:t>
             </w:r>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="2DCC2D41" w14:textId="272D8896">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00651B29">
+          <w:p w14:paraId="2DCC2D41" w14:textId="272D8896" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="202CBC2C">
+            <w:r w:rsidR="202CBC2C" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>iss Jennifer Cummings</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="6CDBCFC1">
+            <w:r w:rsidR="6CDBCFC1" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>- PGCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="5F99B29F" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="5F99B29F" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00651B29" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="0F00E973" w14:textId="77777777">
+          <w:p w14:paraId="0F00E973" w14:textId="77777777" w:rsidR="00651B29" w:rsidRDefault="000558F2" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Prep</w:t>
             </w:r>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r w:rsidR="00651B29">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="00651B29" w14:paraId="31089DC5" w14:textId="77777777">
+          <w:p w14:paraId="31089DC5" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="00651B29" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Prep 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00651B29" w:rsidP="00052A4B" w:rsidRDefault="00FA24F6" w14:paraId="71713AF1" w14:textId="2A514147">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00FA24F6">
+          <w:p w14:paraId="71713AF1" w14:textId="2A514147" w:rsidR="00651B29" w:rsidRDefault="00FA24F6" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="0D492FA8">
+            <w:r w:rsidR="0D492FA8" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>rs S Batters</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="3A543CF8">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00FA24F6">
+            <w:r w:rsidR="3A543CF8" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="3A543CF8" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="52194509" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>Ed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="52194509" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hons</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41727906" w14:textId="4538E6F6" w:rsidR="00FA24F6" w:rsidRPr="00826104" w:rsidRDefault="00FA24F6" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="47E1D931">
+            <w:r w:rsidR="47E1D931" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>iss A Scott</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="3F611592">
-[...9 lines deleted...]
-              <w:t>- PGCE</w:t>
+            <w:r w:rsidR="3F611592" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - PGCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="4F2EA635" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="4F2EA635" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="7E98D117" w14:textId="77777777">
+          <w:p w14:paraId="7E98D117" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Prep</w:t>
             </w:r>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00704800" w:rsidR="00056C1E" w:rsidP="000558F2" w:rsidRDefault="00056C1E" w14:paraId="266656A1" w14:textId="392411D7">
+          <w:p w14:paraId="266656A1" w14:textId="392411D7" w:rsidR="00056C1E" w:rsidRPr="00704800" w:rsidRDefault="00056C1E" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Prep 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00056C1E" w:rsidP="00056C1E" w:rsidRDefault="00056C1E" w14:paraId="203DD35F" w14:textId="14FB33AF">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00056C1E">
+          <w:p w14:paraId="203DD35F" w14:textId="14FB33AF" w:rsidR="00056C1E" w:rsidRDefault="00056C1E" w:rsidP="00056C1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="0FA708A1">
+            <w:r w:rsidR="0FA708A1" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>iss K Rawlings</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="26DF63F7">
+            <w:r w:rsidR="26DF63F7" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="61560F24">
+            <w:r w:rsidR="61560F24" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>PGCE</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00056C1E" w:rsidP="00056C1E" w:rsidRDefault="00056C1E" w14:paraId="4B9B8B43" w14:textId="00DBB160">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00056C1E">
+          <w:p w14:paraId="4B9B8B43" w14:textId="00DBB160" w:rsidR="00056C1E" w:rsidRDefault="00056C1E" w:rsidP="00056C1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="0E7854CF">
+            <w:r w:rsidR="0E7854CF" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>rs B Milnes</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="4528ABDE">
+            <w:r w:rsidR="4528ABDE" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="38137BD9">
+            <w:r w:rsidR="38137BD9" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>PGCE</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="4528ABDE">
+            <w:r w:rsidR="4528ABDE" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>/ ECT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="3F16224C" w14:textId="293A5A44">
+          <w:p w14:paraId="3F16224C" w14:textId="293A5A44" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="09EAC0CB" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="09EAC0CB" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="000558F2" w:rsidRDefault="000558F2" w14:paraId="4BAB2EF9" w14:textId="77777777">
+          <w:p w14:paraId="4BAB2EF9" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="000558F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="0135D9A2" w14:textId="77777777">
+          <w:p w14:paraId="0135D9A2" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="4047A6DF" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="4047A6DF" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="0DF2F448" w14:textId="77777777">
+          <w:p w14:paraId="0DF2F448" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Modern Foreign Languages</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="3C92268A" w14:textId="77777777">
+          <w:p w14:paraId="3C92268A" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="001B26C0" w14:paraId="4DDD5D0D" w14:textId="60B36F43">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="03851E82">
+          <w:p w14:paraId="4DDD5D0D" w14:textId="60B36F43" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="03851E82" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mrs T Woodward</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="03F80641" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="03F80641" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="17D9891D" w14:textId="77777777">
+          <w:p w14:paraId="17D9891D" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="0F6DD7AF" w14:textId="77777777">
+          <w:p w14:paraId="0F6DD7AF" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="00651B29" w:rsidTr="5549F676" w14:paraId="1FDF06FD" w14:textId="77777777">
+      <w:tr w:rsidR="00651B29" w:rsidRPr="00704800" w14:paraId="1FDF06FD" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2714" w:type="dxa"/>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="00651B29" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="5D14AF7F" w14:textId="77777777">
+          <w:p w14:paraId="5D14AF7F" w14:textId="77777777" w:rsidR="00651B29" w:rsidRPr="00704800" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00704800">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Teaching Assistants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2886" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="00651B29" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="7D9D8AB4" w14:textId="697143CA">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00651B29">
+          <w:p w14:paraId="7D9D8AB4" w14:textId="697143CA" w:rsidR="00651B29" w:rsidRPr="00826104" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Miss</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="2C9E2414">
+            <w:r w:rsidR="2C9E2414" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> B Chapman</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="6C579D9F">
+            <w:r w:rsidR="6C579D9F" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>– Level 3 Teaching Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="00651B29" w:rsidTr="5549F676" w14:paraId="16655DD0" w14:textId="77777777">
+      <w:tr w:rsidR="00651B29" w:rsidRPr="00704800" w14:paraId="16655DD0" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2714" w:type="dxa"/>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="00651B29" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="4A1BEB74" w14:textId="77777777">
+          <w:p w14:paraId="4A1BEB74" w14:textId="77777777" w:rsidR="00651B29" w:rsidRPr="00704800" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2886" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="00651B29" w:rsidP="00052A4B" w:rsidRDefault="00303D42" w14:paraId="2C24AF49" w14:textId="78AF3885">
+          <w:p w14:paraId="2C24AF49" w14:textId="78AF3885" w:rsidR="00651B29" w:rsidRPr="00826104" w:rsidRDefault="00303D42" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Ms S Mirza</w:t>
             </w:r>
-            <w:r w:rsidRPr="33FBDAAE" w:rsidR="39F21AB6">
+            <w:r w:rsidR="39F21AB6" w:rsidRPr="33FBDAAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> - Level 3 Teaching Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="0CB0849E" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="0CB0849E" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="49CCA351" w14:textId="77777777">
-[...6 lines deleted...]
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="4AA24174" w14:textId="77777777">
+          <w:p w14:paraId="49CCA351" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AA24174" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="07BC68A9" w14:textId="6474F289">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00651B29">
+          <w:p w14:paraId="07BC68A9" w14:textId="6474F289" w:rsidR="000558F2" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="1B763FD2">
+            <w:r w:rsidR="1B763FD2" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>r R Maude</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="1BCF85CC">
+            <w:r w:rsidR="1BCF85CC" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Level </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="312CB7D2">
+            <w:r w:rsidR="312CB7D2" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="1BCF85CC">
+            <w:r w:rsidR="1BCF85CC" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="390E5402">
+            <w:r w:rsidR="390E5402" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Apprentice</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00826104" w:rsidR="00303D42" w:rsidP="5CC705F7" w:rsidRDefault="00303D42" w14:paraId="4C2EB8E9" w14:textId="4B24D65F">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00303D42">
+          <w:p w14:paraId="4C2EB8E9" w14:textId="4B24D65F" w:rsidR="00303D42" w:rsidRPr="00826104" w:rsidRDefault="00303D42" w:rsidP="5CC705F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="29DB4CAE">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="14D3B2D1">
+            <w:r w:rsidR="29DB4CAE" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rs S </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="29DB4CAE" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>Corbishley</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="47C4D9F3" w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="14D3B2D1" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Level 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="32626F89" w:rsidP="5549F676" w:rsidRDefault="32626F89" w14:paraId="3EBA5E00" w14:textId="27E548A1">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="32626F89">
+          <w:p w14:paraId="3EBA5E00" w14:textId="27E548A1" w:rsidR="32626F89" w:rsidRDefault="32626F89" w:rsidP="5549F676">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mrs W Bailey – Level 5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00826104" w:rsidR="00303D42" w:rsidP="5549F676" w:rsidRDefault="47C4D9F3" w14:paraId="4566AC80" w14:textId="39F29972">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="766D95DE">
+          <w:p w14:paraId="4566AC80" w14:textId="39F29972" w:rsidR="00303D42" w:rsidRPr="00826104" w:rsidRDefault="47C4D9F3" w:rsidP="5549F676">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mrs R Begum – 1:1 support for funded children Year </w:t>
+            </w:r>
+            <w:r w:rsidR="766D95DE" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="47C4D9F3">
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Level 3 teaching </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="7F8D50C7">
+            <w:r w:rsidR="7F8D50C7" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>assistant.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00826104" w:rsidR="00303D42" w:rsidP="5CC705F7" w:rsidRDefault="47C4D9F3" w14:paraId="4DB5CF9D" w14:textId="656842B7">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> in Reception</w:t>
+          <w:p w14:paraId="4DB5CF9D" w14:textId="656842B7" w:rsidR="00303D42" w:rsidRPr="00826104" w:rsidRDefault="7C19D3B4" w:rsidP="5CC705F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mrs Z </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>Jaban</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1:1 support for funded children in Reception</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2886" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="00303D42" w:rsidP="00052A4B" w:rsidRDefault="00303D42" w14:paraId="52EA9705" w14:textId="1AF25FA8">
+          <w:p w14:paraId="52EA9705" w14:textId="1AF25FA8" w:rsidR="00303D42" w:rsidRPr="00826104" w:rsidRDefault="00303D42" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="35B97E39" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="35B97E39" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="6ADC6728" w14:textId="77777777">
+          <w:p w14:paraId="6ADC6728" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Extra-Curricular: Speech &amp; Drama</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="246E477E" w14:textId="7BD7978A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="000558F2">
+          <w:p w14:paraId="246E477E" w14:textId="7BD7978A" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mrs </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="6378964F">
+            <w:r w:rsidR="6378964F" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="036EB712">
+            <w:r w:rsidR="036EB712" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>. Warn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="31FB6DF5" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="31FB6DF5" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="282C1531" w14:textId="77777777">
+          <w:p w14:paraId="282C1531" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Extra-Curricular: Music</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="3E35D364" w14:textId="77777777">
+          <w:p w14:paraId="3E35D364" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Oldham Music Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="5ACDAC47" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="5ACDAC47" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="15B6268D" w14:textId="77777777">
+          <w:p w14:paraId="15B6268D" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Extra-Curricular: Physical Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000558F2" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="07F19AD6" w14:textId="24EC4D73">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00651B29">
+          <w:p w14:paraId="07F19AD6" w14:textId="24EC4D73" w:rsidR="000558F2" w:rsidRPr="000558F2" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mr </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="5D7BB5BE">
+            <w:r w:rsidR="5D7BB5BE" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>S Coleman</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="00651B29">
-[...9 lines deleted...]
-              <w:t>Dream Big Sports)</w:t>
+            <w:r w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>(Dream Big Sports)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="00651B29" w:rsidTr="5549F676" w14:paraId="683D5BCE" w14:textId="77777777">
+      <w:tr w:rsidR="00651B29" w:rsidRPr="00704800" w14:paraId="683D5BCE" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="4249" w:type="dxa"/>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5497" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000558F2" w:rsidR="00651B29" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="1F5703E6" w14:textId="77777777">
+          <w:p w14:paraId="1F5703E6" w14:textId="77777777" w:rsidR="00651B29" w:rsidRPr="000558F2" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="0D69F53C" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="0D69F53C" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="14F7D218" w14:textId="77777777">
+          <w:p w14:paraId="14F7D218" w14:textId="77777777" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Kitchen Staff</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="0243978C" w14:textId="77777777">
+          <w:p w14:paraId="0243978C" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="001B26C0" w14:paraId="76198B81" w14:textId="3408509C">
+          <w:p w14:paraId="76198B81" w14:textId="3408509C" w:rsidR="000558F2" w:rsidRDefault="001B26C0" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
-              <w:t>Mr J Wolstenholme</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="000558F2">
+              <w:t xml:space="preserve">Mr J </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>Wolstenholme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4D09D62A" w14:textId="2132B87F" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mrs </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="4BB29AA1">
+            <w:r w:rsidR="4BB29AA1" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">S  </w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="4BB29AA1">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="4BB29AA1" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Roufman</w:t>
             </w:r>
-            <w:r w:rsidRPr="5549F676" w:rsidR="4BB29AA1">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="4BB29AA1" w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Kitchen Assistant)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="2FD2CE82" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="2FD2CE82" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="34F1A875" w14:textId="77777777">
+          <w:p w14:paraId="34F1A875" w14:textId="4DBA7266" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Caretaker</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidRPr="00704800" w:rsidR="00651B29" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="35D86A0B" w14:textId="77777777">
+            <w:r w:rsidR="000B7AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>/minibus driver</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35D86A0B" w14:textId="77777777" w:rsidR="00651B29" w:rsidRPr="00704800" w:rsidRDefault="00651B29" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Cleaning staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="4A690428" w14:textId="6FF9B385">
+          <w:p w14:paraId="4A690428" w14:textId="503CF221" w:rsidR="000558F2" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64776008">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mr </w:t>
             </w:r>
-            <w:r w:rsidRPr="64776008" w:rsidR="0055400C">
+            <w:r w:rsidR="0055400C" w:rsidRPr="64776008">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">G </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="64776008" w:rsidR="0055400C">
+            <w:r w:rsidR="0055400C" w:rsidRPr="64776008">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Normyle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="64776008" w:rsidR="2DB2B86E">
-[...38 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="00651B29">
+            <w:r w:rsidR="2DB2B86E" w:rsidRPr="64776008">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – P</w:t>
+            </w:r>
+            <w:r w:rsidR="000B7AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SV </w:t>
+            </w:r>
+            <w:r w:rsidR="2DB2B86E" w:rsidRPr="64776008">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>Licence holder (Category D)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4896C0" w14:textId="27E67D53" w:rsidR="00651B29" w:rsidRPr="00826104" w:rsidRDefault="00651B29" w:rsidP="5549F676">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mrs K Williamson</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00826104" w:rsidR="00651B29" w:rsidP="00052A4B" w:rsidRDefault="00651B29" w14:paraId="39D15C68" w14:textId="2C9EAFF3">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="6D7F9CCF">
+          <w:p w14:paraId="39D15C68" w14:textId="2C9EAFF3" w:rsidR="00651B29" w:rsidRPr="00826104" w:rsidRDefault="6D7F9CCF" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Miss Ellie Gibbons</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="37C1EA39" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="37C1EA39" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="45492B11" w14:textId="77777777">
+          <w:p w14:paraId="45492B11" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="2305FCDA" w14:textId="77777777">
+          <w:p w14:paraId="2305FCDA" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="54474FBE" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="54474FBE" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="25435AEF" w14:textId="77777777">
+          <w:p w14:paraId="25435AEF" w14:textId="2542CF8A" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000B7AFE" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
-              <w:t>Minibus driver</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Housekeeper/maintenance </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="24044E94" w14:textId="77777777">
+          <w:p w14:paraId="24044E94" w14:textId="77777777" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="00052A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mr N </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Sharples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidTr="5549F676" w14:paraId="454E321E" w14:textId="77777777">
+      <w:tr w:rsidR="000558F2" w:rsidRPr="00704800" w14:paraId="454E321E" w14:textId="77777777" w:rsidTr="5549F676">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="5549F676" w:rsidRDefault="000558F2" w14:noSpellErr="1" w14:paraId="116AD2BD" w14:textId="0610B3EE">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="000558F2">
+          <w:p w14:paraId="116AD2BD" w14:textId="0610B3EE" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="000558F2" w:rsidP="5549F676">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t xml:space="preserve">Co-ordinator of Lunchtime/Out-of-hours care </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00704800" w:rsidR="000558F2" w:rsidP="00052A4B" w:rsidRDefault="000558F2" w14:paraId="4ECB0CE8" w14:textId="77A68237">
-[...15 lines deleted...]
-              <w:t>supervisor</w:t>
+          <w:p w14:paraId="4ECB0CE8" w14:textId="77A68237" w:rsidR="000558F2" w:rsidRPr="00704800" w:rsidRDefault="550322C7" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+              <w:t>Lunchtime supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="5549F676" w:rsidRDefault="000558F2" w14:noSpellErr="1" w14:paraId="20B6E2C6" w14:textId="42E259EE">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="000558F2">
+          <w:p w14:paraId="20B6E2C6" w14:textId="42E259EE" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="5549F676">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mrs G Nuttall</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00826104" w:rsidR="000558F2" w:rsidP="5549F676" w:rsidRDefault="000558F2" w14:paraId="552FBBCA" w14:textId="6B8C5C72">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="5549F676" w:rsidR="6F188DE4">
+          <w:p w14:paraId="552FBBCA" w14:textId="6B8C5C72" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="000558F2" w:rsidP="5549F676">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EBAF4CC" w14:textId="03DBFFC6" w:rsidR="000558F2" w:rsidRPr="00826104" w:rsidRDefault="6F188DE4" w:rsidP="00052A4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5549F676">
               <w:rPr>
                 <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               </w:rPr>
               <w:t>Mr K Cockburn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00622C8F" w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="63E573FA" w14:textId="77777777">
+    <w:p w14:paraId="63E573FA" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRPr="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00622C8F" w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="749F17CE" w14:textId="77777777">
+    <w:p w14:paraId="749F17CE" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRPr="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00622C8F">
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="16613FD0" w14:textId="77777777">
+    <w:p w14:paraId="16613FD0" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="2BD9B959" w14:textId="77777777">
+    <w:p w14:paraId="2BD9B959" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="5AA85A4E" w14:textId="77777777">
+    <w:p w14:paraId="5AA85A4E" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="079D4D6A" w14:textId="77777777">
+    <w:p w14:paraId="079D4D6A" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="38AF7E46" w14:textId="77777777">
+    <w:p w14:paraId="38AF7E46" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="3F8C280F" w14:textId="77777777">
+    <w:p w14:paraId="3F8C280F" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="7EE99F1D" w14:textId="77777777">
+    <w:p w14:paraId="7EE99F1D" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="638A094E" w14:textId="77777777">
+    <w:p w14:paraId="638A094E" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="4193D339" w14:textId="77777777">
+    <w:p w14:paraId="4193D339" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="5F1AFC09" w14:textId="77777777">
+    <w:p w14:paraId="5F1AFC09" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="2943C64E" w14:textId="77777777">
+    <w:p w14:paraId="2943C64E" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00622C8F" w:rsidR="00622C8F" w:rsidP="00622C8F" w:rsidRDefault="00622C8F" w14:paraId="281B5A6E" w14:textId="77777777">
+    <w:p w14:paraId="281B5A6E" w14:textId="77777777" w:rsidR="00622C8F" w:rsidRPr="00622C8F" w:rsidRDefault="00622C8F" w:rsidP="00622C8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00880060" w:rsidRDefault="00880060" w14:paraId="3C68FB5D" w14:textId="77777777"/>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="00F44DF6" w:rsidR="00FC7BCA" w:rsidP="00FC7BCA" w:rsidRDefault="00FC7BCA" w14:paraId="20585BFC" w14:textId="77777777">
+    <w:p w14:paraId="3C68FB5D" w14:textId="77777777" w:rsidR="00880060" w:rsidRDefault="00880060"/>
+    <w:p w14:paraId="227FEA9D" w14:textId="77777777" w:rsidR="0044261C" w:rsidRDefault="0044261C"/>
+    <w:p w14:paraId="20585BFC" w14:textId="77777777" w:rsidR="00FC7BCA" w:rsidRPr="00F44DF6" w:rsidRDefault="00FC7BCA" w:rsidP="00FC7BCA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00855D6B" w:rsidR="00FC7BCA" w:rsidP="00FC7BCA" w:rsidRDefault="00FC7BCA" w14:paraId="78CD88F1" w14:textId="77777777">
+    <w:p w14:paraId="78CD88F1" w14:textId="77777777" w:rsidR="00FC7BCA" w:rsidRPr="00855D6B" w:rsidRDefault="00FC7BCA" w:rsidP="00FC7BCA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC7BCA" w:rsidRDefault="00FC7BCA" w14:paraId="000B80D0" w14:textId="77777777">
+    <w:p w14:paraId="000B80D0" w14:textId="77777777" w:rsidR="00FC7BCA" w:rsidRDefault="00FC7BCA">
       <w:pPr>
         <w:sectPr w:rsidR="00FC7BCA" w:rsidSect="007D4027">
           <w:headerReference w:type="first" r:id="rId10"/>
           <w:footerReference w:type="first" r:id="rId11"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11904" w:h="16840" w:orient="portrait"/>
+          <w:pgSz w:w="11904" w:h="16840"/>
           <w:pgMar w:top="534" w:right="597" w:bottom="564" w:left="531" w:header="284" w:footer="0" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F71F94" w:rsidP="007D4027" w:rsidRDefault="00F71F94" w14:paraId="54595765" w14:textId="77777777">
+    <w:p w14:paraId="54595765" w14:textId="77777777" w:rsidR="00F71F94" w:rsidRDefault="00F71F94" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00066575" w:rsidR="00AE5940" w:rsidP="00AE5940" w:rsidRDefault="00AE5940" w14:paraId="027AA180" w14:textId="77777777">
+    <w:p w14:paraId="027AA180" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRPr="00066575" w:rsidRDefault="00AE5940" w:rsidP="00AE5940">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00066575" w:rsidR="00AE5940" w:rsidP="00AE5940" w:rsidRDefault="00AE5940" w14:paraId="35926A84" w14:textId="77777777">
+    <w:p w14:paraId="35926A84" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRPr="00066575" w:rsidRDefault="00AE5940" w:rsidP="00AE5940">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00066575" w:rsidR="00AE5940" w:rsidP="00AE5940" w:rsidRDefault="00AE5940" w14:paraId="4D0D1A94" w14:textId="77777777">
+    <w:p w14:paraId="4D0D1A94" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRPr="00066575" w:rsidRDefault="00AE5940" w:rsidP="00AE5940">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="00AE5940" w:rsidRDefault="00AE5940" w14:paraId="0AC17B55" w14:textId="77777777">
+    <w:p w14:paraId="0AC17B55" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="00AE5940">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="00AE5940" w:rsidRDefault="00AE5940" w14:paraId="3BA51E02" w14:textId="77777777">
+    <w:p w14:paraId="3BA51E02" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="00AE5940">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="-9946"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="487CFA0F" w14:textId="77777777">
+    <w:p w14:paraId="487CFA0F" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="7D91E84A" w14:textId="77777777">
+    <w:p w14:paraId="7D91E84A" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="61894CBA" w14:textId="77777777">
+    <w:p w14:paraId="61894CBA" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="6B51607F" w14:textId="77777777">
+    <w:p w14:paraId="6B51607F" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="2BEFDBAD" w14:textId="77777777">
+    <w:p w14:paraId="2BEFDBAD" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="2BCB5949" w14:textId="77777777">
+    <w:p w14:paraId="2BCB5949" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="332D0C67" w14:textId="77777777">
+    <w:p w14:paraId="332D0C67" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="62419ED0" w14:textId="77777777">
+    <w:p w14:paraId="62419ED0" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="0A7671C6" w14:textId="77777777">
+    <w:p w14:paraId="0A7671C6" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="7CF77518" w14:textId="77777777">
+    <w:p w14:paraId="7CF77518" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="3C541474" w14:textId="77777777">
+    <w:p w14:paraId="3C541474" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="00A16E00" w14:textId="77777777">
+    <w:p w14:paraId="00A16E00" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="4C05B0E5" w14:textId="77777777">
+    <w:p w14:paraId="4C05B0E5" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="11601231" w14:textId="77777777">
+    <w:p w14:paraId="11601231" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="2DA6AE4E" w14:textId="77777777">
+    <w:p w14:paraId="2DA6AE4E" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="6E79AB44" w14:textId="77777777">
+    <w:p w14:paraId="6E79AB44" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="4CAC541A" w14:textId="77777777">
+    <w:p w14:paraId="4CAC541A" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="0A2341CA" w14:textId="77777777">
+    <w:p w14:paraId="0A2341CA" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="059F9BC8" w14:textId="77777777">
+    <w:p w14:paraId="059F9BC8" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="57280060" w14:textId="77777777">
+    <w:p w14:paraId="57280060" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007D4027" w:rsidR="00AE5940" w:rsidP="007D4027" w:rsidRDefault="00AE5940" w14:paraId="34A34FF9" w14:textId="77777777">
+    <w:p w14:paraId="34A34FF9" w14:textId="77777777" w:rsidR="00AE5940" w:rsidRPr="007D4027" w:rsidRDefault="00AE5940" w:rsidP="007D4027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:w w:val="111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="007D4027" w:rsidR="00AE5940" w:rsidSect="00AE5940">
+    <w:sectPr w:rsidR="00AE5940" w:rsidRPr="007D4027" w:rsidSect="00AE5940">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11904" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11904" w:h="16840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="284" w:footer="0" w:gutter="0"/>
       <w:cols w:space="60"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004A2105" w:rsidP="0089737A" w:rsidRDefault="004A2105" w14:paraId="52FCC3F0" w14:textId="77777777">
+    <w:p w14:paraId="3B09B59D" w14:textId="77777777" w:rsidR="00FC113B" w:rsidRDefault="00FC113B" w:rsidP="0089737A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004A2105" w:rsidP="0089737A" w:rsidRDefault="004A2105" w14:paraId="7DC5B47E" w14:textId="77777777">
+    <w:p w14:paraId="6CFF6A64" w14:textId="77777777" w:rsidR="00FC113B" w:rsidRDefault="00FC113B" w:rsidP="0089737A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:altName w:val="MS Mincho"/>
@@ -2620,105 +2569,105 @@
     <w:panose1 w:val="02040603050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0089737A" w:rsidP="0089737A" w:rsidRDefault="0089737A" w14:paraId="112F6CF0" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="112F6CF0" w14:textId="77777777" w:rsidR="0089737A" w:rsidRDefault="0089737A" w:rsidP="0089737A">
     <w:pPr>
       <w:spacing w:after="0" w:line="267" w:lineRule="auto"/>
       <w:ind w:right="-20" w:firstLine="2250"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="3354AC"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0089737A" w:rsidP="0089737A" w:rsidRDefault="0089737A" w14:paraId="6372E5FD" w14:textId="77777777">
+  <w:p w14:paraId="6372E5FD" w14:textId="77777777" w:rsidR="0089737A" w:rsidRDefault="0089737A" w:rsidP="0089737A">
     <w:pPr>
       <w:spacing w:after="0" w:line="267" w:lineRule="auto"/>
       <w:ind w:right="-20" w:firstLine="2250"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="3354AC"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00E3335C" w:rsidP="0089737A" w:rsidRDefault="00E3335C" w14:paraId="49EDFA98" w14:textId="77777777">
+  <w:p w14:paraId="49EDFA98" w14:textId="77777777" w:rsidR="00E3335C" w:rsidRDefault="00E3335C" w:rsidP="0089737A">
     <w:pPr>
       <w:spacing w:after="0" w:line="267" w:lineRule="auto"/>
       <w:ind w:right="-20" w:firstLine="2250"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="3354AC"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidRPr="00443FD0" w:rsidR="0089737A" w:rsidP="00443FD0" w:rsidRDefault="0089737A" w14:paraId="49B37156" w14:textId="77777777">
+  <w:p w14:paraId="49B37156" w14:textId="77777777" w:rsidR="0089737A" w:rsidRPr="00443FD0" w:rsidRDefault="0089737A" w:rsidP="00443FD0">
     <w:pPr>
       <w:spacing w:after="0" w:line="267" w:lineRule="auto"/>
       <w:ind w:left="2250" w:right="-20"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
         <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7641B567" wp14:editId="51D92382">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>29210</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>48260</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="431165" cy="504190"/>
           <wp:effectExtent l="0" t="0" r="6985" b="0"/>
           <wp:wrapNone/>
@@ -2761,1204 +2710,1196 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00443FD0">
       <w:rPr>
         <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>The Chadderton P</w:t>
     </w:r>
-    <w:r w:rsidRPr="00443FD0" w:rsidR="00443FD0">
+    <w:r w:rsidR="00443FD0" w:rsidRPr="00443FD0">
       <w:rPr>
         <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>reparatory Grammar School</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Li</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>m</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>t</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>d</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>s</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>r</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>g</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>st</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>r</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>d</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="8"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>n</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="8"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>E</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>n</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>g</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>la</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>n</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">d </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>a</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>t</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>L</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>o</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>nd</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>o</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>n</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>o</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ad</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>H</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ig</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>h</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="-5"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>W</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>y</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>c</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>om</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>b</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="-4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>B</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>u</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ck</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>n</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>g</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ha</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>m</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>s</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>h</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ir</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="-5"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Un</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>t</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>d</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="8"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>K</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>n</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>gd</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>o</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>m</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>H</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>P</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>B</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>J</w:t>
     </w:r>
     <w:r w:rsidR="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
-    </w:r>
-[...6 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>g</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>No</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="7"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>0973</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:spacing w:val="3"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>48</w:t>
     </w:r>
     <w:r w:rsidRPr="00443FD0">
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0089737A" w:rsidP="0089737A" w:rsidRDefault="0089737A" w14:paraId="040FBB19" w14:textId="77777777">
+  <w:p w14:paraId="040FBB19" w14:textId="77777777" w:rsidR="0089737A" w:rsidRDefault="0089737A" w:rsidP="0089737A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0089737A" w:rsidRDefault="0089737A" w14:paraId="6A89732A" w14:textId="77777777">
+  <w:p w14:paraId="6A89732A" w14:textId="77777777" w:rsidR="0089737A" w:rsidRDefault="0089737A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004A2105" w:rsidP="0089737A" w:rsidRDefault="004A2105" w14:paraId="7286E2CD" w14:textId="77777777">
+    <w:p w14:paraId="48BAE79F" w14:textId="77777777" w:rsidR="00FC113B" w:rsidRDefault="00FC113B" w:rsidP="0089737A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004A2105" w:rsidP="0089737A" w:rsidRDefault="004A2105" w14:paraId="13F2216E" w14:textId="77777777">
+    <w:p w14:paraId="5A43D40C" w14:textId="77777777" w:rsidR="00FC113B" w:rsidRDefault="00FC113B" w:rsidP="0089737A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00443FD0" w:rsidP="00622C8F" w:rsidRDefault="00443FD0" w14:paraId="27CE6886" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="27CE6886" w14:textId="77777777" w:rsidR="00443FD0" w:rsidRDefault="00443FD0" w:rsidP="00622C8F">
     <w:pPr>
       <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
       <w:ind w:right="14"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
         <w:noProof/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62FE7B0B" wp14:editId="57C33128">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-81915</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2025726" cy="1556425"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:wrapNone/>
@@ -3984,94 +3925,94 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2025726" cy="1556425"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00443FD0" w:rsidR="0089737A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:eastAsia="Calisto MT" w:cs="Calisto MT"/>
+    <w:r w:rsidR="0089737A" w:rsidRPr="00443FD0">
+      <w:rPr>
+        <w:rFonts w:ascii="Calisto MT" w:eastAsia="Calisto MT" w:hAnsi="Calisto MT" w:cs="Calisto MT"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F71F94"/>
     <w:rsid w:val="00033E48"/>
     <w:rsid w:val="000558F2"/>
     <w:rsid w:val="00056C1E"/>
+    <w:rsid w:val="000B7AFE"/>
     <w:rsid w:val="000C7F7E"/>
     <w:rsid w:val="001952D0"/>
     <w:rsid w:val="00197EFF"/>
     <w:rsid w:val="001B26C0"/>
     <w:rsid w:val="0022600A"/>
     <w:rsid w:val="00227753"/>
     <w:rsid w:val="00255E04"/>
     <w:rsid w:val="00303D42"/>
     <w:rsid w:val="003E75DD"/>
     <w:rsid w:val="0044261C"/>
     <w:rsid w:val="00443FD0"/>
     <w:rsid w:val="004A2105"/>
     <w:rsid w:val="004E7E02"/>
     <w:rsid w:val="00543CD3"/>
     <w:rsid w:val="0055400C"/>
     <w:rsid w:val="0057445A"/>
     <w:rsid w:val="005F5A03"/>
     <w:rsid w:val="00622C8F"/>
     <w:rsid w:val="00643A95"/>
     <w:rsid w:val="00651B29"/>
     <w:rsid w:val="00673982"/>
     <w:rsid w:val="006E6751"/>
     <w:rsid w:val="007D4027"/>
     <w:rsid w:val="00831A19"/>
     <w:rsid w:val="00880060"/>
@@ -4082,50 +4023,51 @@
     <w:rsid w:val="009D6E3C"/>
     <w:rsid w:val="00A135D3"/>
     <w:rsid w:val="00A6271F"/>
     <w:rsid w:val="00AC6305"/>
     <w:rsid w:val="00AE5940"/>
     <w:rsid w:val="00B200CE"/>
     <w:rsid w:val="00B4342A"/>
     <w:rsid w:val="00BB5BF5"/>
     <w:rsid w:val="00BC3061"/>
     <w:rsid w:val="00BE5274"/>
     <w:rsid w:val="00BF652E"/>
     <w:rsid w:val="00C07B9F"/>
     <w:rsid w:val="00C65820"/>
     <w:rsid w:val="00CB706A"/>
     <w:rsid w:val="00D456E7"/>
     <w:rsid w:val="00DB47EF"/>
     <w:rsid w:val="00DC2CC8"/>
     <w:rsid w:val="00DCC458"/>
     <w:rsid w:val="00E3335C"/>
     <w:rsid w:val="00F1157A"/>
     <w:rsid w:val="00F22975"/>
     <w:rsid w:val="00F60CB3"/>
     <w:rsid w:val="00F71F94"/>
     <w:rsid w:val="00F87DC4"/>
     <w:rsid w:val="00FA24F6"/>
+    <w:rsid w:val="00FC113B"/>
     <w:rsid w:val="00FC7BCA"/>
     <w:rsid w:val="01322969"/>
     <w:rsid w:val="0283E7A6"/>
     <w:rsid w:val="02F4F68C"/>
     <w:rsid w:val="036EB712"/>
     <w:rsid w:val="03851E82"/>
     <w:rsid w:val="07693B24"/>
     <w:rsid w:val="077B8C82"/>
     <w:rsid w:val="0787C877"/>
     <w:rsid w:val="0A439C0C"/>
     <w:rsid w:val="0D492FA8"/>
     <w:rsid w:val="0E7854CF"/>
     <w:rsid w:val="0FA708A1"/>
     <w:rsid w:val="107D0808"/>
     <w:rsid w:val="130E20E1"/>
     <w:rsid w:val="14D3B2D1"/>
     <w:rsid w:val="16150EA8"/>
     <w:rsid w:val="1645C1A3"/>
     <w:rsid w:val="18B85744"/>
     <w:rsid w:val="1A982BC0"/>
     <w:rsid w:val="1B763FD2"/>
     <w:rsid w:val="1BAE72D5"/>
     <w:rsid w:val="1BCF85CC"/>
     <w:rsid w:val="1E85BB69"/>
     <w:rsid w:val="1F6F1DF6"/>
@@ -4198,146 +4140,146 @@
     <w:rsid w:val="6F188DE4"/>
     <w:rsid w:val="71836101"/>
     <w:rsid w:val="766D95DE"/>
     <w:rsid w:val="77F5C9BF"/>
     <w:rsid w:val="7B464253"/>
     <w:rsid w:val="7C19D3B4"/>
     <w:rsid w:val="7D35E66F"/>
     <w:rsid w:val="7F8D50C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="71BFB9D8"/>
   <w15:docId w15:val="{12B84B5F-2519-4F9C-A5CB-53A8000939FD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4493,52 +4435,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4600,347 +4542,348 @@
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="000558F2"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Body" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
     <w:rsid w:val="00C65820"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Helvetica" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0089737A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0089737A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0089737A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0089737A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0089737A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0089737A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="007D4027"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:rsid w:val="007D4027"/>
     <w:rPr>
-      <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="007D4027"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:rsid w:val="007D4027"/>
     <w:rPr>
-      <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00880060"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyTextIndentChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00880060"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00443FD0"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="000558F2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="435826439">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -5173,206 +5116,203 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...19 lines deleted...]
-    <xsd:import namespace="c8404faf-2afc-4e1a-96cc-ac6df761be97"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004D48E70C4B44D04090B09DDCC8509202" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="89c3513f198fb931534e8b1594485c93">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ab38343b-209f-4fbd-99ae-5728f1b9bc99" xmlns:ns3="ac22083c-dc07-42f1-942a-c03e923c5e06" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="27950d124fb68326a098be1f6226c984" ns2:_="" ns3:_="">
+    <xsd:import namespace="ab38343b-209f-4fbd-99ae-5728f1b9bc99"/>
+    <xsd:import namespace="ac22083c-dc07-42f1-942a-c03e923c5e06"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c82b0d4e-3b79-462c-8a15-b791ff7c8f20" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ab38343b-209f-4fbd-99ae-5728f1b9bc99" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="e9da5f6a-7cd2-4c82-839c-bf31d9d8017a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="23" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ac22083c-dc07-42f1-942a-c03e923c5e06" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="10" nillable="true" ma:displayName="Sharing Hint Hash" ma:description="" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
-[...75 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{279527a5-3ad0-417f-888d-625ef3c9983c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="ac22083c-dc07-42f1-942a-c03e923c5e06">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -5430,114 +5370,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="ab38343b-209f-4fbd-99ae-5728f1b9bc99" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ab38343b-209f-4fbd-99ae-5728f1b9bc99">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ac22083c-dc07-42f1-942a-c03e923c5e06" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC310723-C79B-433A-ACB1-13E7F4BDAE41}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0032026E-D61C-475A-96F5-8FD23CE6D623}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c8404faf-2afc-4e1a-96cc-ac6df761be97"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28500D63-08F4-4B5F-B9DA-BA821AA4E9D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72FD7569-FA44-47A2-8944-C4E0F56746FF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF162BB9-59CA-4EEB-9A49-1F29FA425BE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>235</Words>
+  <Characters>1340</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Hewlett-Packard</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1572</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Patrick</dc:creator>
-  <lastModifiedBy>Caroline Greenwood</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2020-01-22T08:09:00.0000000Z</lastPrinted>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010095635955870EDA43804E7299597F3D2D</vt:lpwstr>
+    <vt:lpwstr>0x0101004D48E70C4B44D04090B09DDCC8509202</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>efb54e0c-a496-41bf-af19-dc6d66acfe7b</vt:lpwstr>
   </property>
 </Properties>
 </file>